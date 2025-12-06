--- v0 (2025-10-26)
+++ v1 (2025-12-06)
@@ -3,72 +3,72 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nicholas.vallejos\Documents\SPARK Form\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://maristcollege-my.sharepoint.com/personal/diane_hart_marist_edu/Documents/Innovation Grants Program/Marist SPARK/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7AC04726-4973-49C2-B200-A66DA62DD2D3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="16" documentId="13_ncr:1_{85E33969-C218-4059-9FD9-7A5FCA9FFB66}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9D91D30D-9451-41BA-8570-11142FD4C744}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="NoZaxV4zrE4g0r6n71Vl2YnJCyQ/IVI18NYnUBDMfZfwNfcbdrFm7AIAtaWWyDui0P/NhZFtXG+SVk0IV02Qpg==" workbookSaltValue="c4DY1jbwsQlrkIuTQICQNw==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="14616" tabRatio="601" xr2:uid="{02A1EC4C-54D6-415E-9009-BA6311C24D7E}"/>
+    <workbookView xWindow="1230" yWindow="795" windowWidth="24495" windowHeight="13560" tabRatio="601" xr2:uid="{02A1EC4C-54D6-415E-9009-BA6311C24D7E}"/>
   </bookViews>
   <sheets>
     <sheet name="Budget" sheetId="5" r:id="rId1"/>
     <sheet name="Student Employment" sheetId="8" r:id="rId2"/>
     <sheet name="Equipment" sheetId="9" r:id="rId3"/>
     <sheet name="Travel" sheetId="6" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Budget!$A$1:$E$37</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D26" i="5" l="1"/>
   <c r="C14" i="6"/>
   <c r="C13" i="6"/>
   <c r="F5" i="8"/>
@@ -76,246 +76,246 @@
   <c r="D19" i="5" s="1"/>
   <c r="F4" i="8"/>
   <c r="D16" i="5" s="1"/>
   <c r="D34" i="5"/>
   <c r="C12" i="9"/>
   <c r="D23" i="5" s="1"/>
   <c r="D24" i="5" s="1"/>
   <c r="C12" i="6"/>
   <c r="C11" i="6"/>
   <c r="D12" i="5"/>
   <c r="D13" i="5" s="1"/>
   <c r="C15" i="6" l="1"/>
   <c r="D27" i="5" s="1"/>
   <c r="D18" i="5"/>
   <c r="D14" i="5" l="1"/>
   <c r="D20" i="5"/>
   <c r="D21" i="5" l="1"/>
   <c r="D36" i="5" s="1"/>
   <c r="D37" i="5" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="54">
   <si>
-    <t>Total</t>
+    <t>Marist SPARK Budget</t>
+  </si>
+  <si>
+    <t>Project Title:</t>
+  </si>
+  <si>
+    <t>A. Senior/Key Person(s) (max of $2,500 per person)</t>
+  </si>
+  <si>
+    <t>Senior Person #1</t>
+  </si>
+  <si>
+    <t>Senior Person #2</t>
   </si>
   <si>
     <t>Total Senior/ Key Person(s) Costs</t>
   </si>
   <si>
+    <r>
+      <t xml:space="preserve">B. Student Employment </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(use Student Employment Tab)</t>
+    </r>
+  </si>
+  <si>
     <t>Student Employment (Academic Year) max 20/hrs per week at minimum wage</t>
   </si>
   <si>
-    <t>Senior/Key Person Fringe - 8%</t>
-[...4 lines deleted...]
-  <si>
     <t>Student Employment (Summer) max 40/hrs per week at minimum wage</t>
   </si>
   <si>
-    <t>Student Employment</t>
-[...118 lines deleted...]
-  <si>
     <t>Total Student Employment Costs</t>
-  </si>
-[...7 lines deleted...]
-    <t>Total Student Employment Costs &amp; Fringe Benefits (B)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">C. Equipment </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(use Equipment tab)</t>
     </r>
   </si>
   <si>
-    <r>
-[...11 lines deleted...]
-    </r>
+    <t>Equipment</t>
+  </si>
+  <si>
+    <t>TOTAL EQUIPMENT COSTS (C):</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">D. Travel </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(use Travel tab)</t>
     </r>
   </si>
   <si>
-    <t>Project Title:</t>
+    <t>TOTAL TRAVEL COSTS (D):</t>
+  </si>
+  <si>
+    <t>E. Other Direct Costs</t>
+  </si>
+  <si>
+    <t>Materials and Supplies</t>
+  </si>
+  <si>
+    <t>Training</t>
+  </si>
+  <si>
+    <t>Consultant Services</t>
+  </si>
+  <si>
+    <t>Software/Technology Tools (Letter of support from the Chief Information Officer must be attached)</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>TOTAL OTHER DIRECT COSTS (E):</t>
+  </si>
+  <si>
+    <t>Total Requested Budget</t>
+  </si>
+  <si>
+    <t>Student Employment</t>
+  </si>
+  <si>
+    <t># of Students</t>
+  </si>
+  <si>
+    <t># of hours estimated per week</t>
+  </si>
+  <si>
+    <t># of weeks</t>
+  </si>
+  <si>
+    <t>2026 Minimum Wage</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Academic Year (15 weeks per semester, 30 weeks max, 20 hours per week max)</t>
+  </si>
+  <si>
+    <t>Summer (12 weeks max, 40 hours per week max)</t>
+  </si>
+  <si>
+    <t>Listing of Equipment needed</t>
+  </si>
+  <si>
+    <t>Cost</t>
+  </si>
+  <si>
+    <t>For Project Related Travel, please refer to the below website to obtain the per-diem rates and attach a copy to your submitted budget</t>
+  </si>
+  <si>
+    <t>GSA Per Diem Rates</t>
+  </si>
+  <si>
+    <t>**All travel must comply with the University's Travel Policy</t>
+  </si>
+  <si>
+    <t>Project Related Travel</t>
+  </si>
+  <si>
+    <t>Place of Travel</t>
+  </si>
+  <si>
+    <t>Month of Travel</t>
+  </si>
+  <si>
+    <t># of Nights</t>
+  </si>
+  <si>
+    <t>Expenses:</t>
+  </si>
+  <si>
+    <t>RATE</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Registration, if applicable</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Transportation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Hotel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Boarding</t>
+  </si>
+  <si>
+    <t>1/31/2026-12/31/2026</t>
+  </si>
+  <si>
+    <t>Senior/Key Person Payroll Taxes - 8%</t>
+  </si>
+  <si>
+    <t>Total Senior/Key Person(s) Costs &amp; Payroll Taxes (A)</t>
+  </si>
+  <si>
+    <t>Travel</t>
+  </si>
+  <si>
+    <t>Student Employment Payroll Taxes - 0% Academic Year, 8% Summer</t>
+  </si>
+  <si>
+    <t>Total Student Employment Costs &amp; Payroll Taxes (B)</t>
+  </si>
+  <si>
+    <t>Total Personnel &amp; Payroll Taxes (A + B)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="mmm\ \-\ yyyy"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Century Gothic"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Century Gothic"/>
       <family val="2"/>
@@ -1282,747 +1282,769 @@
                 <a:hueMod val="88000"/>
                 <a:satMod val="140000"/>
                 <a:lumMod val="132000"/>
               </a:schemeClr>
             </a:duotone>
           </a:blip>
           <a:stretch/>
         </a:blipFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Ion" id="{B8441ADB-2E43-4AF7-B97A-BD870242C6A8}" vid="{292E63A9-BB86-4E3D-B92A-7223C6510D2E}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gsa.gov/travel/plan-book/per-diem-rates" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gsa.gov/travel/plan-book/per-diem-rates" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{30AD893F-2651-45F0-88D9-3A9923615593}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F37"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D33" sqref="D33"/>
+      <selection activeCell="D29" sqref="D29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2" style="1" customWidth="1"/>
-    <col min="2" max="2" width="15.8984375" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="12.3984375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="15.875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="71.375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="18.75" style="6" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="12.375" style="1" customWidth="1"/>
     <col min="7" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="75" t="s">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="B1" s="75"/>
       <c r="C1" s="75"/>
       <c r="D1" s="75"/>
       <c r="E1" s="71"/>
     </row>
-    <row r="2" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="75"/>
       <c r="B2" s="75"/>
       <c r="C2" s="75"/>
       <c r="D2" s="75"/>
       <c r="E2" s="71"/>
     </row>
-    <row r="3" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="75"/>
       <c r="B3" s="75"/>
       <c r="C3" s="75"/>
       <c r="D3" s="75"/>
       <c r="E3" s="71"/>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="31" t="s">
-        <v>53</v>
+        <v>1</v>
       </c>
       <c r="B5" s="31"/>
       <c r="C5" s="74"/>
     </row>
-    <row r="7" spans="1:6" ht="14.4" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="8" spans="1:6" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C8" s="60"/>
       <c r="D8" s="63" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="C9" s="43" t="s">
+        <v>2</v>
+      </c>
+      <c r="D9" s="49"/>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="C10" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D10" s="50"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="C11" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D9" s="49"/>
-[...10 lines deleted...]
-      </c>
       <c r="D11" s="50"/>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:6" x14ac:dyDescent="0.2">
       <c r="C12" s="44" t="s">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D12" s="51">
         <f>SUM(D10:D11)</f>
         <v>0</v>
       </c>
       <c r="F12" s="3"/>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:6" x14ac:dyDescent="0.2">
       <c r="C13" s="44" t="s">
-        <v>3</v>
+        <v>48</v>
       </c>
       <c r="D13" s="52">
         <f>ROUND(8%*D12,2)</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:6" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C14" s="61" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D14" s="67">
         <f>D12+D13</f>
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="C15" s="72" t="s">
-        <v>51</v>
+        <v>6</v>
       </c>
       <c r="D15" s="73"/>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:6" x14ac:dyDescent="0.2">
       <c r="C16" s="4" t="s">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D16" s="53">
         <f>+'Student Employment'!F4</f>
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="3:4" x14ac:dyDescent="0.25">
+    <row r="17" spans="3:4" x14ac:dyDescent="0.2">
       <c r="C17" s="4" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D17" s="54">
         <f>+'Student Employment'!F5</f>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="3:4" x14ac:dyDescent="0.25">
+    <row r="18" spans="3:4" x14ac:dyDescent="0.2">
       <c r="C18" s="44" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="D18" s="51">
         <f>SUM(D16:D17)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="3:4" x14ac:dyDescent="0.25">
+    <row r="19" spans="3:4" x14ac:dyDescent="0.2">
       <c r="C19" s="44" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D19" s="52">
         <f>ROUND(D17*0.08,2)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="3:4" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="3:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C20" s="61" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D20" s="67">
         <f>D19+D18</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="3:4" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C21" s="66" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="D21" s="65">
         <f>D20+D14</f>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="3:4" x14ac:dyDescent="0.25">
+    <row r="22" spans="3:4" ht="15" x14ac:dyDescent="0.25">
       <c r="C22" s="45" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="D22" s="55"/>
     </row>
-    <row r="23" spans="3:4" x14ac:dyDescent="0.25">
+    <row r="23" spans="3:4" x14ac:dyDescent="0.2">
       <c r="C23" s="5" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="D23" s="56">
         <f>+Equipment!C12</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="3:4" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C24" s="62" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="D24" s="70">
         <f>D23</f>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="3:4" x14ac:dyDescent="0.25">
+    <row r="25" spans="3:4" ht="15" x14ac:dyDescent="0.25">
       <c r="C25" s="43" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="D25" s="57"/>
     </row>
-    <row r="26" spans="3:4" x14ac:dyDescent="0.25">
+    <row r="26" spans="3:4" x14ac:dyDescent="0.2">
       <c r="C26" s="5" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="D26" s="58">
         <f>+Travel!C15</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="3:4" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C27" s="62" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D27" s="69">
         <f>SUM(D26:D26)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="3:4" x14ac:dyDescent="0.25">
+    <row r="28" spans="3:4" ht="15" x14ac:dyDescent="0.25">
       <c r="C28" s="43" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="D28" s="57"/>
     </row>
-    <row r="29" spans="3:4" x14ac:dyDescent="0.25">
+    <row r="29" spans="3:4" x14ac:dyDescent="0.2">
       <c r="C29" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D29" s="50"/>
     </row>
-    <row r="30" spans="3:4" x14ac:dyDescent="0.25">
+    <row r="30" spans="3:4" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="D30" s="50"/>
     </row>
-    <row r="31" spans="3:4" x14ac:dyDescent="0.25">
+    <row r="31" spans="3:4" x14ac:dyDescent="0.2">
       <c r="C31" s="5" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D31" s="50"/>
     </row>
-    <row r="32" spans="3:4" x14ac:dyDescent="0.25">
+    <row r="32" spans="3:4" x14ac:dyDescent="0.2">
       <c r="C32" s="5" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="D32" s="50"/>
     </row>
-    <row r="33" spans="3:4" x14ac:dyDescent="0.25">
+    <row r="33" spans="3:4" x14ac:dyDescent="0.2">
       <c r="C33" s="48" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="D33" s="50"/>
     </row>
     <row r="34" spans="3:4" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C34" s="62" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D34" s="68">
         <f>SUM(D29:D33)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="3:4" x14ac:dyDescent="0.25">
+    <row r="35" spans="3:4" ht="15" x14ac:dyDescent="0.25">
       <c r="C35" s="46"/>
       <c r="D35" s="59"/>
     </row>
     <row r="36" spans="3:4" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C36" s="64" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="D36" s="65">
         <f>+D34+D27+D24+D21</f>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="3:4" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D37" s="47" t="str">
         <f>IF(D36&gt;25000,"ERROR maximum budget exceeded"," ")</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="OQNreqYCAkt+AHmcxySfF6RjVRcqeFDzrruilkGMaQvE2O/PfNxK/mIdsTja9qExFbd0UV5iM00ZuFwFLqqyVA==" saltValue="Paj3L4nazoikWMWHP9HCeg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:D3"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <dataValidations count="3">
     <dataValidation type="decimal" allowBlank="1" showErrorMessage="1" errorTitle="Error" error="Overload compensation is a maximum of $2,500 per person" promptTitle="Error" prompt="Maximum overload compensation is $2,500 per person" sqref="D10" xr:uid="{D2804292-0E59-4EDE-B4C9-A35E4B9C230A}">
       <formula1>0</formula1>
       <formula2>2500</formula2>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Error" error="Overload compensation is a maximum of $2,500 per person" sqref="D11" xr:uid="{5C832905-1770-4C00-99D8-2856A1EDAFFD}">
       <formula1>0</formula1>
       <formula2>2500</formula2>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Error" error="Maximum requested budget not to exceed $20,000." sqref="D36" xr:uid="{45783F76-797D-49BC-A0EA-EBC85D794D5B}">
       <formula1>0</formula1>
       <formula2>25000</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="78" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7608F6FD-8885-4D92-9B9C-1FD91A045510}">
   <sheetPr>
     <tabColor theme="8" tint="0.39997558519241921"/>
+    <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:F8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="D5" sqref="D5"/>
+      <selection activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="51.69921875" customWidth="1"/>
+    <col min="1" max="1" width="51.75" customWidth="1"/>
     <col min="2" max="2" width="13" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
-    <col min="4" max="4" width="10.3984375" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="17.3984375" customWidth="1"/>
+    <col min="4" max="4" width="10.375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="17.375" customWidth="1"/>
     <col min="6" max="6" width="10.5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A2" s="76" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
       <c r="B2" s="77"/>
       <c r="C2" s="77"/>
       <c r="D2" s="77"/>
       <c r="E2" s="77"/>
       <c r="F2" s="77"/>
     </row>
-    <row r="3" spans="1:6" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:6" ht="32.25" x14ac:dyDescent="0.3">
       <c r="A3" s="9"/>
       <c r="B3" s="19" t="s">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="C3" s="18" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="D3" s="19" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="E3" s="18" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="F3" s="21" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:6" ht="31.2" x14ac:dyDescent="0.3">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="32.25" x14ac:dyDescent="0.3">
       <c r="A4" s="23" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="B4" s="39"/>
       <c r="C4" s="39"/>
       <c r="D4" s="39"/>
       <c r="E4" s="20">
         <v>16</v>
       </c>
       <c r="F4" s="22">
         <f>ROUND(B4*C4*D4*E4,2)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A5" s="8" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="B5" s="39"/>
       <c r="C5" s="39"/>
       <c r="D5" s="39"/>
       <c r="E5" s="20">
         <v>16</v>
       </c>
       <c r="F5" s="22">
         <f>ROUND(B5*C5*D5*E5,2)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="13"/>
     </row>
-    <row r="8" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
       <c r="C8" s="15"/>
       <c r="D8" s="15"/>
       <c r="E8" s="15"/>
       <c r="F8" s="15"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="ietMtbeaUKqdVx19JSFx0NNJ+ZVW4E5xgkwIqBnWeAS4Oql1C9nTmYN5ea/Fn0Nne5xBNdDEU7gDYPBT25hzKA==" saltValue="zhlWJrqo6fpEpSrC/6H93w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="A2:F2"/>
   </mergeCells>
   <dataValidations count="4">
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Error" error="Maximum number of hours per week is 20 hours." sqref="C4" xr:uid="{860D323D-4FDB-415A-BC6B-3367C686F04E}">
       <formula1>0</formula1>
       <formula2>20</formula2>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Error" error="Maximum number of hours per week is 40 hours." sqref="C5" xr:uid="{286ACF4A-0854-4513-B4CC-EC8FA7ED4F6B}">
       <formula1>0</formula1>
       <formula2>40</formula2>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Error" error="Maximum number of weeks is 30 weeks." sqref="D4" xr:uid="{0CC54E4D-588D-42EF-89CA-14735C1F88D0}">
       <formula1>0</formula1>
       <formula2>30</formula2>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Error" error="Maximum number of weeks is 12 weeks." sqref="D5" xr:uid="{728E3E7E-301D-479F-9122-42CD97B66E4F}">
       <formula1>0</formula1>
       <formula2>12</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="91" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C5905F61-CD33-4F74-8FD0-0D84791350CF}">
   <sheetPr>
     <tabColor theme="9" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="B1:C12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B4" sqref="B4"/>
+      <selection activeCell="C7" sqref="C7:C9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9" style="32"/>
-    <col min="2" max="2" width="27.09765625" style="32" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="13.69921875" style="32" customWidth="1"/>
+    <col min="2" max="2" width="27.125" style="32" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="13.75" style="32" customWidth="1"/>
     <col min="4" max="16384" width="9" style="32"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:3" ht="16.2" thickBot="1" x14ac:dyDescent="0.35"/>
-    <row r="2" spans="2:3" ht="21" x14ac:dyDescent="0.4">
+    <row r="1" spans="2:3" ht="16.5" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="2:3" ht="21" x14ac:dyDescent="0.35">
       <c r="B2" s="34" t="s">
+        <v>11</v>
+      </c>
+      <c r="C2" s="35"/>
+    </row>
+    <row r="3" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B3" s="37" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="C2" s="35"/>
-[...9 lines deleted...]
-    <row r="4" spans="2:3" x14ac:dyDescent="0.3">
+    </row>
+    <row r="4" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B4" s="40"/>
       <c r="C4" s="41"/>
     </row>
-    <row r="5" spans="2:3" x14ac:dyDescent="0.3">
+    <row r="5" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B5" s="40"/>
       <c r="C5" s="41"/>
     </row>
-    <row r="6" spans="2:3" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B6" s="40"/>
       <c r="C6" s="41"/>
     </row>
-    <row r="7" spans="2:3" x14ac:dyDescent="0.3">
+    <row r="7" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B7" s="40"/>
       <c r="C7" s="41"/>
     </row>
-    <row r="8" spans="2:3" x14ac:dyDescent="0.3">
+    <row r="8" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B8" s="40"/>
       <c r="C8" s="41"/>
     </row>
-    <row r="9" spans="2:3" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B9" s="40"/>
       <c r="C9" s="41"/>
     </row>
-    <row r="10" spans="2:3" x14ac:dyDescent="0.3">
+    <row r="10" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B10" s="40"/>
       <c r="C10" s="41"/>
     </row>
-    <row r="11" spans="2:3" x14ac:dyDescent="0.3">
+    <row r="11" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B11" s="42"/>
       <c r="C11" s="41"/>
     </row>
-    <row r="12" spans="2:3" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="2:3" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B12" s="33" t="s">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="C12" s="36">
         <f>SUM(C4:C11)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="8g1PQqyfwxiaird2Gugpg07q+j9D+fQ3lJirb3UkxYreHKDhHqeCIoZ7mslNw6wYp05Ko2X+zlrJCbddHSb2sQ==" saltValue="Ox2duI1Vfu9jpxCY/38WfA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4F57BF0A-EBA0-4C25-AE29-BE2E401DBDCF}">
   <sheetPr>
     <tabColor theme="5"/>
+    <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G16"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="C15" sqref="C15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="40.19921875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="10.3984375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="40.25" customWidth="1"/>
+    <col min="2" max="2" width="12.25" customWidth="1"/>
+    <col min="3" max="3" width="12.125" customWidth="1"/>
+    <col min="4" max="4" width="10.375" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="10.5" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="10.59765625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="10.625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1" s="7" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A2" s="24" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A3" s="24"/>
     </row>
-    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A4" s="7" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="C4" s="24"/>
     </row>
-    <row r="6" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A6" s="85" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="B6" s="86"/>
       <c r="C6" s="86"/>
       <c r="D6" s="16"/>
       <c r="E6" s="16"/>
       <c r="F6" s="16"/>
       <c r="G6" s="16"/>
     </row>
-    <row r="7" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A7" s="29" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="B7" s="80"/>
       <c r="C7" s="81"/>
       <c r="D7" s="16"/>
       <c r="E7" s="84"/>
       <c r="F7" s="84"/>
       <c r="G7" s="84"/>
     </row>
-    <row r="8" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A8" s="30" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="B8" s="78"/>
       <c r="C8" s="79"/>
       <c r="E8" s="11"/>
     </row>
-    <row r="9" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A9" s="30" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="B9" s="80"/>
       <c r="C9" s="81"/>
       <c r="E9" s="11"/>
     </row>
-    <row r="10" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A10" s="8" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="B10" s="25" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="C10" s="26" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="E10" s="13"/>
     </row>
-    <row r="11" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A11" s="8" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="B11" s="27"/>
       <c r="C11" s="10">
         <f>+B11</f>
         <v>0</v>
       </c>
       <c r="E11" s="13"/>
     </row>
-    <row r="12" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A12" s="8" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="10">
         <f>+B12</f>
         <v>0</v>
       </c>
       <c r="E12" s="14"/>
     </row>
-    <row r="13" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A13" s="8" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="B13" s="27"/>
       <c r="C13" s="10">
         <f>ROUND(+B13*B9,2)</f>
         <v>0</v>
       </c>
       <c r="E13" s="13"/>
     </row>
-    <row r="14" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A14" s="8" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="B14" s="27"/>
       <c r="C14" s="10">
         <f>ROUND(+B14*B9,2)</f>
         <v>0</v>
       </c>
       <c r="E14" s="13"/>
     </row>
-    <row r="15" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A15" s="82" t="s">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="B15" s="83"/>
       <c r="C15" s="17">
         <f>SUM(C11:C14)</f>
         <v>0</v>
       </c>
       <c r="D15" s="12"/>
       <c r="E15" s="15"/>
       <c r="F15" s="12"/>
     </row>
-    <row r="16" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:7" x14ac:dyDescent="0.3">
       <c r="C16" s="15"/>
       <c r="D16" s="15"/>
       <c r="E16" s="15"/>
       <c r="F16" s="15"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="3fj+HqCs5nU53F6TZN/+PIfVvb7GDsaR1FfVyO5PMW//kwmhygb2qZ4603Z0xgt62RO6NHt3wZgWqEWcd6FcHQ==" saltValue="TOszPHUXmLaNQe7HJpOBqg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="6">
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="A6:C6"/>
     <mergeCell ref="B7:C7"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId1" xr:uid="{11B1C1B3-67E8-4141-9BDE-43352A2687EF}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="90" orientation="landscape" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Budget</vt:lpstr>
       <vt:lpstr>Student Employment</vt:lpstr>
       <vt:lpstr>Equipment</vt:lpstr>
       <vt:lpstr>Travel</vt:lpstr>
       <vt:lpstr>Budget!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Jillian Titus</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>